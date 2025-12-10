--- v0 (2025-10-14)
+++ v1 (2025-12-10)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="25EE9EC3" w14:textId="7D0B4260" w:rsidR="00CA4671" w:rsidRDefault="00E502D2">
       <w:r w:rsidRPr="00310B04">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251695104" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CCF3F11" wp14:editId="5ED71843">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>101600</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>4795322</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="744855" cy="514350"/>
                 <wp:effectExtent l="38100" t="38100" r="36195" b="57150"/>
                 <wp:wrapNone/>
                 <wp:docPr id="7" name="Straight Connector 7"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
@@ -203,79 +203,79 @@
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="1F020B90" id="Straight Connector 202" o:spid="_x0000_s1026" style="position:absolute;z-index:251676672;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="252.75pt,130.3pt" to="386.6pt,211.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBfj7A/0QEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfaZIu6rZR0z1sKRcE&#10;K7H8gKntJJb8JY9p2n/P2CndBS4IkYMzHo9f3rx52T6crWEnFVF71/FmUXOmnPBSu6Hj354P79ac&#10;YQInwXinOn5RyB92b99sp9CqpR+9kSoyAnHYTqHjY0qhrSoUo7KACx+Uo8PeRwuJtnGoZISJ0K2p&#10;lnW9qiYfZYheKETK7udDviv4fa9E+tL3qBIzHSduqayxrMe8VrsttEOEMGpxpQH/wMKCdvTRG9Qe&#10;ErDvUf8BZbWIHn2fFsLbyve9Fqr0QN009W/dfB0hqNILiYPhJhP+P1jx+fToniLJMAVsMTzF3MW5&#10;jza/iR87F7EuN7HUOTFByWa12dyvabyCzpp6ef++2WQ5q5frIWL6qLxlOei40S53Ay2cPmGaS3+W&#10;5LTzB21MmYhxbMqozaqmqQkgZ/QGEoU2yI6jGzgDM5DlRIoFE73RMt/PSBiH46OJ7AQ09tXqcLi7&#10;u1L7pSx/fA84znXlaDaE1YlcabTt+LrOz5weFcgPTrJ0CWRlR4bmmaZVkjOjiEyOCv8E2vxNJYll&#10;XGasilevsryMIkdHLy9lQlXekQ+KxlfPZqO93lP8+s/a/QAAAP//AwBQSwMEFAAGAAgAAAAhADj1&#10;toDiAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQtUmbpApxKkBC4sCl&#10;pUIcXXuJA/E6ip028PWYExxX8zTztt7MrmdHHEPnScLNQgBD0t501ErYvzxer4GFqMio3hNK+MIA&#10;m+b8rFaV8Sfa4nEXW5ZKKFRKgo1xqDgP2qJTYeEHpJS9+9GpmM6x5WZUp1Tuep4JUXCnOkoLVg34&#10;YFF/7iYnASex/R5e7/WTvnqz6+c9lR98KeXlxXx3CyziHP9g+NVP6tAkp4OfyATWS8hFnidUQlaI&#10;AlgiynKZATtIWGXZCnhT8/8/ND8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAX4+wP9EB&#10;AAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAOPW2&#10;gOIAAAALAQAADwAAAAAAAAAAAAAAAAArBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;" strokecolor="#6f3" strokeweight="8pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00C161F7">
+      <w:r w:rsidR="000F3727">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="5A50F35B">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:3.25pt;margin-top:324.6pt;width:42.5pt;height:42.5pt;z-index:251683840;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" stroked="t">
             <v:imagedata r:id="rId6" o:title=""/>
             <w10:wrap side="left"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_s1026" DrawAspect="Content" ObjectID="_1719665354" r:id="rId7"/>
+          <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_s1026" DrawAspect="Content" ObjectID="_1824040955" r:id="rId7"/>
         </w:object>
       </w:r>
       <w:r w:rsidR="00F279CC" w:rsidRPr="00F279CC">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251685888" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A4C70AA" wp14:editId="04081CFF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>7200900</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6840000" cy="432000"/>
                 <wp:effectExtent l="0" t="0" r="0" b="6350"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="21" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2205,51 +2205,55 @@
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>Joseph Priestley South Building</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="472C8570" id="Text Box 4" o:spid="_x0000_s1040" type="#_x0000_t202" style="position:absolute;margin-left:356.5pt;margin-top:281.75pt;width:184.25pt;height:22.7pt;rotation:-44;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBaZVfWKgIAAE4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4X5xkbZdacaouXaZJ&#10;3YfU7gdgjGM04LILiZ39+l1wkrWb9jLND+gCl8O551y8vBmsYXuFQYOr+Gwy5Uw5CY1224p/fdy8&#10;WnAWonCNMOBUxQ8q8JvVyxfL3pdqDh2YRiEjEBfK3le8i9GXRRFkp6wIE/DK0WYLaEWkKW6LBkVP&#10;6NYU8+n0qugBG48gVQi0ejdu8lXGb1sl4+e2DSoyU3HiFvOIeazTWKyWotyi8J2WRxriH1hYoR1d&#10;eoa6E1GwHeo/oKyWCAHaOJFgC2hbLVWugaqZTX+r5qETXuVaSJzgzzKF/wcrP+2/INNNxUlNzpyw&#10;ZNKjGiJ7CwO7SPr0PpSU9uApMQ60TD7nWoO/B/ktMAfrTritukWEvlOiIX6zdLJ4cnTECQmk7j9C&#10;Q9eIXYQMNLRoGQKZM1tcX03py8ukDqPLiNbhbFViJmlx/voi5zFJe/PFIp1JN4oygSUnPIb4XoFl&#10;Kag4UitkVLG/D3FMPaWk9ABGNxttTJ7gtl4bZHtBbbPJ3xH9WZpxrK/49eX8ctTjrxCJ6pngMwir&#10;I/W/0bbiqYYxSZRJxXeuIZqijEKbMabqjDvKmpQcNY1DPWQH35zcqqE5kM5ZUVKPnicJ0AH+4Kyn&#10;Vq94+L4TqDgzHxx5ld7FKcBTUJ8C4SQdrbiMyNk4Wcf8ghI5B7fkYquzosnu8e4jSWra7MnxgaVX&#10;8XSes379BlY/AQAA//8DAFBLAwQUAAYACAAAACEAtqsL0uMAAAAMAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VIXBC1Q5UQQjYVIFrBCSgcenTjJYka25HtNqFfj3uC26xmNPumXEy6&#10;ZwdyvrMGIZkJYGRqqzrTIHx9Lq9zYD5Io2RvDSH8kIdFdX5WykLZ0XzQYR0aFkuMLyRCG8JQcO7r&#10;lrT0MzuQid63dVqGeLqGKyfHWK57fiNExrXsTPzQyoGeWqp3671GWHXLq83Kien18fm4O75s3t9S&#10;NyJeXkwP98ACTeEvDCf8iA5VZNravVGe9Qi3yTxuCQhpNk+BnRIiT6LaImQivwNelfz/iOoXAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAWmVX1ioCAABOBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAtqsL0uMAAAAMAQAADwAAAAAAAAAAAAAAAACE&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;">
+              <v:shapetype w14:anchorId="472C8570" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 4" o:spid="_x0000_s1039" type="#_x0000_t202" style="position:absolute;margin-left:356.5pt;margin-top:281.75pt;width:184.25pt;height:22.7pt;rotation:-44;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDy9PRHFwIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9tuEzEQhu+ReAfL92ST0FbpKpuqpAQh&#10;lYNUeACv7c1aeD1m7GS3PD1j7yalIG4QvrB8GP8z8814fTN0lh01BgOu4ovZnDPtJCjj9hX/+mX3&#10;asVZiMIpYcHpij/qwG82L1+se1/qJbRglUZGIi6Uva94G6MviyLIVncizMBrR5cNYCcibXFfKBQ9&#10;qXe2WM7nV0UPqDyC1CHQ6d14yTdZv2m0jJ+aJujIbMUptphnzHOd5mKzFuUehW+NnMIQ/xBFJ4wj&#10;p2epOxEFO6D5Q6ozEiFAE2cSugKaxkidc6BsFvPfsnlohdc5F4IT/BlT+H+y8uPxwX9GFoc3MFAB&#10;cxLB34P8FpiDbSvcXt8iQt9qocjxIiEreh/K6WlCHcqQROr+AygqsjhEyEJDgx1DIOqL1fXVnEY+&#10;prQZOaN6PJ5roIfIJB0uX19kOybpbrlapTfJoyiTWELsMcR3GjqWFhVHqnFWFcf7EEfTk0kyD2CN&#10;2hlr8wb39dYiOwrqh10ek/ozM+tYX/Hry+XlyOOvEinUc4DPJDoTqbGt6SqechiNRJkovnUqt10U&#10;xo5rys66CWsiOTKNQz0wowjeRQoyYa5BPRLojJTw0ccjAi3gD856auKKh+8HgZoz+95RsVLHnxZ4&#10;WtSnhXCSnlZcRuRs3Gxj/hsJlYNbKmNjMtIn31OU1I65KNPXSf3+6z5bPX3wzU8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQC2qwvS4wAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhc&#10;ELVDlRBCNhUgWsEJKBx6dOMliRrbke02oV+Pe4LbrGY0+6ZcTLpnB3K+swYhmQlgZGqrOtMgfH0u&#10;r3NgPkijZG8NIfyQh0V1flbKQtnRfNBhHRoWS4wvJEIbwlBw7uuWtPQzO5CJ3rd1WoZ4uoYrJ8dY&#10;rnt+I0TGtexM/NDKgZ5aqnfrvUZYdcurzcqJ6fXx+bg7vmze31I3Il5eTA/3wAJN4S8MJ/yIDlVk&#10;2tq9UZ71CLfJPG4JCGk2T4GdEiJPotoiZCK/A16V/P+I6hcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDy9PRHFwIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQC2qwvS4wAAAAwBAAAPAAAAAAAAAAAAAAAAAHEEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="5BD89F65" w14:textId="77777777" w:rsidR="00ED4955" w:rsidRPr="00ED4955" w:rsidRDefault="00ED4955" w:rsidP="00ED4955">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00ED4955">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>Joseph Priestley South Building</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchory="page"/>
               </v:shape>
             </w:pict>
@@ -2813,189 +2817,192 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00CA4671" w:rsidSect="00B829A9">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="340" w:footer="340" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5D755ED9" w14:textId="77777777" w:rsidR="00B829A9" w:rsidRDefault="00B829A9" w:rsidP="00B829A9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="74C26758" w14:textId="77777777" w:rsidR="00B829A9" w:rsidRDefault="00B829A9" w:rsidP="00B829A9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3CCA7DBD" w14:textId="77777777" w:rsidR="00B829A9" w:rsidRDefault="00B829A9" w:rsidP="00B829A9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2CA3733B" w14:textId="77777777" w:rsidR="00B829A9" w:rsidRDefault="00B829A9" w:rsidP="00B829A9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="80"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00ED4955"/>
     <w:rsid w:val="000449E4"/>
+    <w:rsid w:val="000F3727"/>
     <w:rsid w:val="002879DF"/>
     <w:rsid w:val="00310B04"/>
     <w:rsid w:val="003C6891"/>
+    <w:rsid w:val="0040347A"/>
     <w:rsid w:val="00703731"/>
     <w:rsid w:val="00B829A9"/>
     <w:rsid w:val="00C161F7"/>
     <w:rsid w:val="00C95D55"/>
     <w:rsid w:val="00CA4671"/>
     <w:rsid w:val="00D25BA9"/>
     <w:rsid w:val="00E502D2"/>
     <w:rsid w:val="00ED4955"/>
+    <w:rsid w:val="00EF5661"/>
     <w:rsid w:val="00F279CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0910AB72"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{CB553B05-1ABB-48BC-B63E-6809C75CA690}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3419,51 +3426,51 @@
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B829A9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B829A9"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -3748,52 +3755,51 @@
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>4</Words>
   <Characters>23</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>
-      </vt:lpstr>
+      <vt:lpstr>Journalism</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>
   </Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>26</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Journalism</dc:title>
   <dc:subject/>
   <dc:creator>Jackie Holmes (vcapjh2)</dc:creator>
   <keywords/>
   <dc:description/>
-  <lastModifiedBy>Gary Wood</lastModifiedBy>
-  <revision>11</revision>
+  <lastModifiedBy>Aurelie Whittaker</lastModifiedBy>
+  <revision>12</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>