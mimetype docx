--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -1,79 +1,540 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5F8B45B6" w14:textId="75930D55" w:rsidR="00905D48" w:rsidRDefault="002756E6">
+    <w:p w14:paraId="5F8B45B6" w14:textId="25EBD5B2" w:rsidR="00905D48" w:rsidRDefault="00BA3D29">
       <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251877376" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6371E507" wp14:editId="452770A3">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>782955</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="margin">
+                  <wp:posOffset>5810885</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1079500" cy="648000"/>
+                <wp:effectExtent l="0" t="0" r="25400" b="19050"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1947238269" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1079500" cy="648000"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="14E86D9B" w14:textId="651C42BD" w:rsidR="00BA3D29" w:rsidRPr="009A69B2" w:rsidRDefault="00BA3D29" w:rsidP="00BA3D29">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Queen Street </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="26"/>
+                                <w:szCs w:val="26"/>
+                              </w:rPr>
+                              <w:t>Building</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="0" rIns="36000" bIns="0" anchor="ctr" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="6371E507" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:61.65pt;margin-top:457.55pt;width:85pt;height:51pt;z-index:251877376;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDZgvuQEwIAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjNlqw14hRdug4D&#10;ugvQ7QNkWbaFyaJGKbGzry8l59J2b8NeBFKkDnkOqdX12Bu2U+g12JJfzHLOlJVQa9uW/OePuzeX&#10;nPkgbC0MWFXyvfL8ev361WpwhZpDB6ZWyAjE+mJwJe9CcEWWedmpXvgZOGUp2AD2IpCLbVajGAi9&#10;N9k8z5fZAFg7BKm8p9vbKcjXCb9plAzfmsarwEzJqbeQTkxnFc9svRJFi8J1Wh7aEP/QRS+0paIn&#10;qFsRBNui/guq1xLBQxNmEvoMmkZLlTgQm4v8BZuHTjiVuJA43p1k8v8PVn7dPbjvyML4AUYaYCLh&#10;3T3IX55Z2HTCtuoGEYZOiZoKX0TJssH54vA0Su0LH0Gq4QvUNGSxDZCAxgb7qArxZIROA9ifRFdj&#10;YDKWzN9fLXIKSYot313mZMcSoji+dujDJwU9i0bJkYaa0MXu3ocp9ZgSi3kwur7TxiQnLpLaGGQ7&#10;QStQtVP/L7KMZUPJrxbzxcT/GQK21ek9NXfu71mhXgdaZKP7kkcKEwlRRNU+2jqtWRDaTDaRM/Yg&#10;Y1Ru0jCM1ch0XfJ5UiDKWkG9J2ERpsWlj0ZGB/iHs4GWtuT+91ag4sx8tjSct8tYmIXkkIFPb6vj&#10;rbCSIEouA3I2OZuQ/kRUzMINja/RSdlzD4duaQ3TbA5fJu75Uz9lnT/2+hEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAEvrWkfgAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo7VRA&#10;G+JUCIlLkUCUSoibk2zjiHgdYrdN/57tCY6z8zQ7U6wm34sDjrELZEDPFAikOjQdtQa2H883CxAx&#10;WWpsHwgNnDDCqry8KGzehCO942GTWsEhFHNrwKU05FLG2qG3cRYGJPZ2YfQ2sRxb2Yz2yOG+l5lS&#10;d9LbjviDswM+Oay/N3tvwNNPle3c2+Irndz2c/1qw4taG3N9NT0+gEg4pT8YzvW5OpTcqQp7aqLo&#10;WWfzOaMGlvpWg2AiW54vFVtK32uQZSH/jyh/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ANmC+5ATAgAAIAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAEvrWkfgAAAADAEAAA8AAAAAAAAAAAAAAAAAbQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" fillcolor="white [3212]">
+                <v:textbox inset="1mm,0,1mm,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="14E86D9B" w14:textId="651C42BD" w:rsidR="00BA3D29" w:rsidRPr="009A69B2" w:rsidRDefault="00BA3D29" w:rsidP="00BA3D29">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Queen Street </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="26"/>
+                          <w:szCs w:val="26"/>
+                        </w:rPr>
+                        <w:t>Building</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" anchory="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="0087377B">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251875328" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1860B19E" wp14:editId="74D9ACC9">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>1468755</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1093470</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2121535" cy="2392680"/>
+            <wp:effectExtent l="38100" t="38100" r="31115" b="45720"/>
+            <wp:wrapThrough wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="-388" y="-344"/>
+                <wp:lineTo x="-388" y="21841"/>
+                <wp:lineTo x="21723" y="21841"/>
+                <wp:lineTo x="21723" y="-344"/>
+                <wp:lineTo x="-388" y="-344"/>
+              </wp:wrapPolygon>
+            </wp:wrapThrough>
+            <wp:docPr id="1104854125" name="Picture 1" descr="A sign on a pole&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1104854125" name="Picture 1" descr="A sign on a pole&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2121535" cy="2392680"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln w="34925">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="0087377B">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251874304" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D1BCE42" wp14:editId="3D174851">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>542925</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>2579370</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3427730" cy="3649980"/>
+                <wp:effectExtent l="19050" t="19050" r="39370" b="45720"/>
+                <wp:wrapNone/>
+                <wp:docPr id="686945773" name="Rectangle 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3427730" cy="3649980"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="connsiteX0" fmla="*/ 0 w 2529840"/>
+                            <a:gd name="connsiteY0" fmla="*/ 0 h 3352800"/>
+                            <a:gd name="connsiteX1" fmla="*/ 2529840 w 2529840"/>
+                            <a:gd name="connsiteY1" fmla="*/ 0 h 3352800"/>
+                            <a:gd name="connsiteX2" fmla="*/ 2529840 w 2529840"/>
+                            <a:gd name="connsiteY2" fmla="*/ 3352800 h 3352800"/>
+                            <a:gd name="connsiteX3" fmla="*/ 0 w 2529840"/>
+                            <a:gd name="connsiteY3" fmla="*/ 3352800 h 3352800"/>
+                            <a:gd name="connsiteX4" fmla="*/ 0 w 2529840"/>
+                            <a:gd name="connsiteY4" fmla="*/ 0 h 3352800"/>
+                            <a:gd name="connsiteX0" fmla="*/ 0 w 2529840"/>
+                            <a:gd name="connsiteY0" fmla="*/ 7620 h 3360420"/>
+                            <a:gd name="connsiteX1" fmla="*/ 868680 w 2529840"/>
+                            <a:gd name="connsiteY1" fmla="*/ 0 h 3360420"/>
+                            <a:gd name="connsiteX2" fmla="*/ 2529840 w 2529840"/>
+                            <a:gd name="connsiteY2" fmla="*/ 7620 h 3360420"/>
+                            <a:gd name="connsiteX3" fmla="*/ 2529840 w 2529840"/>
+                            <a:gd name="connsiteY3" fmla="*/ 3360420 h 3360420"/>
+                            <a:gd name="connsiteX4" fmla="*/ 0 w 2529840"/>
+                            <a:gd name="connsiteY4" fmla="*/ 3360420 h 3360420"/>
+                            <a:gd name="connsiteX5" fmla="*/ 0 w 2529840"/>
+                            <a:gd name="connsiteY5" fmla="*/ 7620 h 3360420"/>
+                            <a:gd name="connsiteX0" fmla="*/ 0 w 2529840"/>
+                            <a:gd name="connsiteY0" fmla="*/ 601980 h 3954780"/>
+                            <a:gd name="connsiteX1" fmla="*/ 899160 w 2529840"/>
+                            <a:gd name="connsiteY1" fmla="*/ 0 h 3954780"/>
+                            <a:gd name="connsiteX2" fmla="*/ 2529840 w 2529840"/>
+                            <a:gd name="connsiteY2" fmla="*/ 601980 h 3954780"/>
+                            <a:gd name="connsiteX3" fmla="*/ 2529840 w 2529840"/>
+                            <a:gd name="connsiteY3" fmla="*/ 3954780 h 3954780"/>
+                            <a:gd name="connsiteX4" fmla="*/ 0 w 2529840"/>
+                            <a:gd name="connsiteY4" fmla="*/ 3954780 h 3954780"/>
+                            <a:gd name="connsiteX5" fmla="*/ 0 w 2529840"/>
+                            <a:gd name="connsiteY5" fmla="*/ 601980 h 3954780"/>
+                            <a:gd name="connsiteX0" fmla="*/ 0 w 3288030"/>
+                            <a:gd name="connsiteY0" fmla="*/ 601980 h 3954780"/>
+                            <a:gd name="connsiteX1" fmla="*/ 899160 w 3288030"/>
+                            <a:gd name="connsiteY1" fmla="*/ 0 h 3954780"/>
+                            <a:gd name="connsiteX2" fmla="*/ 3288030 w 3288030"/>
+                            <a:gd name="connsiteY2" fmla="*/ 3337560 h 3954780"/>
+                            <a:gd name="connsiteX3" fmla="*/ 2529840 w 3288030"/>
+                            <a:gd name="connsiteY3" fmla="*/ 3954780 h 3954780"/>
+                            <a:gd name="connsiteX4" fmla="*/ 0 w 3288030"/>
+                            <a:gd name="connsiteY4" fmla="*/ 3954780 h 3954780"/>
+                            <a:gd name="connsiteX5" fmla="*/ 0 w 3288030"/>
+                            <a:gd name="connsiteY5" fmla="*/ 601980 h 3954780"/>
+                            <a:gd name="connsiteX0" fmla="*/ 0 w 3288030"/>
+                            <a:gd name="connsiteY0" fmla="*/ 601980 h 4274820"/>
+                            <a:gd name="connsiteX1" fmla="*/ 899160 w 3288030"/>
+                            <a:gd name="connsiteY1" fmla="*/ 0 h 4274820"/>
+                            <a:gd name="connsiteX2" fmla="*/ 3288030 w 3288030"/>
+                            <a:gd name="connsiteY2" fmla="*/ 3337560 h 4274820"/>
+                            <a:gd name="connsiteX3" fmla="*/ 2240280 w 3288030"/>
+                            <a:gd name="connsiteY3" fmla="*/ 4274820 h 4274820"/>
+                            <a:gd name="connsiteX4" fmla="*/ 0 w 3288030"/>
+                            <a:gd name="connsiteY4" fmla="*/ 3954780 h 4274820"/>
+                            <a:gd name="connsiteX5" fmla="*/ 0 w 3288030"/>
+                            <a:gd name="connsiteY5" fmla="*/ 601980 h 4274820"/>
+                            <a:gd name="connsiteX0" fmla="*/ 0 w 3288030"/>
+                            <a:gd name="connsiteY0" fmla="*/ 601980 h 4274820"/>
+                            <a:gd name="connsiteX1" fmla="*/ 899160 w 3288030"/>
+                            <a:gd name="connsiteY1" fmla="*/ 0 h 4274820"/>
+                            <a:gd name="connsiteX2" fmla="*/ 3288030 w 3288030"/>
+                            <a:gd name="connsiteY2" fmla="*/ 3337560 h 4274820"/>
+                            <a:gd name="connsiteX3" fmla="*/ 2240280 w 3288030"/>
+                            <a:gd name="connsiteY3" fmla="*/ 4274820 h 4274820"/>
+                            <a:gd name="connsiteX4" fmla="*/ 944880 w 3288030"/>
+                            <a:gd name="connsiteY4" fmla="*/ 3078480 h 4274820"/>
+                            <a:gd name="connsiteX5" fmla="*/ 0 w 3288030"/>
+                            <a:gd name="connsiteY5" fmla="*/ 601980 h 4274820"/>
+                            <a:gd name="connsiteX0" fmla="*/ 0 w 3427730"/>
+                            <a:gd name="connsiteY0" fmla="*/ 1615440 h 4274820"/>
+                            <a:gd name="connsiteX1" fmla="*/ 1038860 w 3427730"/>
+                            <a:gd name="connsiteY1" fmla="*/ 0 h 4274820"/>
+                            <a:gd name="connsiteX2" fmla="*/ 3427730 w 3427730"/>
+                            <a:gd name="connsiteY2" fmla="*/ 3337560 h 4274820"/>
+                            <a:gd name="connsiteX3" fmla="*/ 2379980 w 3427730"/>
+                            <a:gd name="connsiteY3" fmla="*/ 4274820 h 4274820"/>
+                            <a:gd name="connsiteX4" fmla="*/ 1084580 w 3427730"/>
+                            <a:gd name="connsiteY4" fmla="*/ 3078480 h 4274820"/>
+                            <a:gd name="connsiteX5" fmla="*/ 0 w 3427730"/>
+                            <a:gd name="connsiteY5" fmla="*/ 1615440 h 4274820"/>
+                            <a:gd name="connsiteX0" fmla="*/ 0 w 3427730"/>
+                            <a:gd name="connsiteY0" fmla="*/ 952500 h 3611880"/>
+                            <a:gd name="connsiteX1" fmla="*/ 1092200 w 3427730"/>
+                            <a:gd name="connsiteY1" fmla="*/ 0 h 3611880"/>
+                            <a:gd name="connsiteX2" fmla="*/ 3427730 w 3427730"/>
+                            <a:gd name="connsiteY2" fmla="*/ 2674620 h 3611880"/>
+                            <a:gd name="connsiteX3" fmla="*/ 2379980 w 3427730"/>
+                            <a:gd name="connsiteY3" fmla="*/ 3611880 h 3611880"/>
+                            <a:gd name="connsiteX4" fmla="*/ 1084580 w 3427730"/>
+                            <a:gd name="connsiteY4" fmla="*/ 2415540 h 3611880"/>
+                            <a:gd name="connsiteX5" fmla="*/ 0 w 3427730"/>
+                            <a:gd name="connsiteY5" fmla="*/ 952500 h 3611880"/>
+                            <a:gd name="connsiteX0" fmla="*/ 0 w 3427730"/>
+                            <a:gd name="connsiteY0" fmla="*/ 990600 h 3649980"/>
+                            <a:gd name="connsiteX1" fmla="*/ 1076960 w 3427730"/>
+                            <a:gd name="connsiteY1" fmla="*/ 0 h 3649980"/>
+                            <a:gd name="connsiteX2" fmla="*/ 3427730 w 3427730"/>
+                            <a:gd name="connsiteY2" fmla="*/ 2712720 h 3649980"/>
+                            <a:gd name="connsiteX3" fmla="*/ 2379980 w 3427730"/>
+                            <a:gd name="connsiteY3" fmla="*/ 3649980 h 3649980"/>
+                            <a:gd name="connsiteX4" fmla="*/ 1084580 w 3427730"/>
+                            <a:gd name="connsiteY4" fmla="*/ 2453640 h 3649980"/>
+                            <a:gd name="connsiteX5" fmla="*/ 0 w 3427730"/>
+                            <a:gd name="connsiteY5" fmla="*/ 990600 h 3649980"/>
+                            <a:gd name="connsiteX0" fmla="*/ 0 w 3427730"/>
+                            <a:gd name="connsiteY0" fmla="*/ 990600 h 3649980"/>
+                            <a:gd name="connsiteX1" fmla="*/ 1076960 w 3427730"/>
+                            <a:gd name="connsiteY1" fmla="*/ 0 h 3649980"/>
+                            <a:gd name="connsiteX2" fmla="*/ 3427730 w 3427730"/>
+                            <a:gd name="connsiteY2" fmla="*/ 2712720 h 3649980"/>
+                            <a:gd name="connsiteX3" fmla="*/ 2379980 w 3427730"/>
+                            <a:gd name="connsiteY3" fmla="*/ 3649980 h 3649980"/>
+                            <a:gd name="connsiteX4" fmla="*/ 1176020 w 3427730"/>
+                            <a:gd name="connsiteY4" fmla="*/ 2400300 h 3649980"/>
+                            <a:gd name="connsiteX5" fmla="*/ 0 w 3427730"/>
+                            <a:gd name="connsiteY5" fmla="*/ 990600 h 3649980"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="connsiteX0" y="connsiteY0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="connsiteX1" y="connsiteY1"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="connsiteX2" y="connsiteY2"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="connsiteX3" y="connsiteY3"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="connsiteX4" y="connsiteY4"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="connsiteX5" y="connsiteY5"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="3427730" h="3649980">
+                              <a:moveTo>
+                                <a:pt x="0" y="990600"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="1076960" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="3427730" y="2712720"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="2379980" y="3649980"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1176020" y="2400300"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="990600"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent6"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent6"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="57549C8A" id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.75pt;margin-top:203.1pt;width:269.9pt;height:287.4pt;z-index:251874304;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" coordsize="3427730,3649980" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDap3ro8gUAAK4fAAAOAAAAZHJzL2Uyb0RvYy54bWzsWW1v2zYQ/j5g/4HQxwGL9W7JiFMELTIM&#10;KNpg6dDuIyNTsTBJ1CgmTvrrd6RefHITkXaDYR8KAzZl3d2ju3t4pHjnbx6rkjww0Ra8XjvemesQ&#10;Vmd8U9R3a+fPT1e/Jg5pJa03tOQ1WztPrHXeXPz80/muWTGfb3m5YYKAkbpd7Zq1s5WyWS0WbbZl&#10;FW3PeMNquJlzUVEJl+JusRF0B9arcuG7brzYcbFpBM9Y28K/77qbzoW2n+cskx/zvGWSlGsHnk3q&#10;b6G/b9X34uKcru4EbbZF1j8GPeEpKlrUADqaekclJfei+MZUVWSCtzyXZxmvFjzPi4xpH8Abzz3w&#10;5mZLG6Z9geC0zRim9vXMZh8ebpprAWHYNe2qhaHy4jEXlfqF5yOPOlhPY7DYoyQZ/BmE/nIZQEwz&#10;uBfEYZomOpyLvXp238rfGNem6MP7VnbR3sBIx2pDaloBKTJe120h2RewllclJOCXBXHJjviRnybh&#10;kKVD8b+m4lsSBJGfuC+Jf/GQ9d6yGQMrucSI4Z+CgZV6H8xIAUKyiBUWt8YIj8OYihtjNU3fUdle&#10;xn6XjNgNfauEJzF8LOL0bb5nIXDqrDmFlew8wdmzhsFKQaDd0LSadWiaQ2NSsLg1RnQcrbC4Xbi+&#10;g1mx60EhU3FKo3DZlTQo64e1Z1JMkjT14lO4NQ+BaWKddKxk6wsmijUQVupjZY4apotFwLC4NQam&#10;iwUGFrcN2CG/Aj9JXFgL+/XtYFmbrFO2ELgOjfwy4GAdCwpjqvSWYT00YEyUgmAZAfGNkwVzZU8w&#10;AxJWsk4+ZoxKvgEDi1tjYMZYYGBx2+y/BsFgfxYmlovjUMAM4TokmAFiwpVuiphTMlEaCWZAwlzx&#10;/dCFbaAZCSv19oHKBiTMGAsMLL4nmAEDM8YCA4uPBDNA/CCYfskI/t8ES8MQFhYzkycsc5dJqHcw&#10;Bgpg2lhgYPGTWQaPpN4ZLdZJL/aiMFRri8ENXJM8N0gSvRMb3k5fQMJKFhiTmtT5oJIy781E6SSe&#10;BUv1Um1G+u5C5rlJGNkgvQ7R5uOGiWbNgm/q2TwGFk8jP3L1Jib2PJhuL7BzsuP33NSH4ydzag6J&#10;FsxjTDhzCtH8eBn278bzSJgz/ilE6z1Rm795JMyZk4jmh14U6VJgQMLMscgNFrclASaOBQQWT1M3&#10;7nk2HpaZ3iw9dxmnpxQ0dCD3HMb382zp+cvuDGZ/9Pcc0ivwTEdL82w2bq/AswjC1lWCWSRMHAsS&#10;YHFbEmDiWEBgcVsIXJp+8Ayq2Ck885axC9PAuBnA5IT3Ezgs+O95Bifzd8PZO90Ox/HZY92fx8OI&#10;UNW3cXUro+GtOvzHh/Nw0j9cwqEG7K3AJGipw3yDMpANK3tHKUO1wsr+UcpQgLBycJQypA0rh0cp&#10;w7zHyhFW7gLXB15Am0o1qErdoJIOgQaVcAg0qG6VDl01VKp8DUOyQ+2X7b77ou5X/IF94lpS7ns3&#10;XU3oH2AvUtZYtC8C+qmH7A4Sw2+jjQ47X+Wf360Eve1Bbvjt5PsNhraMViYIwiA3/HbyXjettHw/&#10;W2btQ/mDJ5k4ORjMSt6yjqkqipqyYzhVFlCPqtRMbnlZbK6KslRB1I1I9rYU5IFChm7vBuYiKe0G&#10;GN530PRIPpVMmSjrP1hOig3MJV9PrAObNMtYLePRQZBWajk8wajoPadYyuFhelmlxnTTc1TspvIs&#10;4qihUXktR+WqqLl4Dnnz94jcyQ/edz4r92/55ulaEMG7lmvbZFeFaOV72sprKqDFBzmDvrH8CF95&#10;yYHRQFw9csiWi6/P/a/kofUJdx2yg57t2mn/uaeCOaT8vYamaOrBGyPMIX0RRrA/gamE79ziO/V9&#10;9ZZDTqE0wdPpoZKX5TDMBa8+Q3v5UqHCLVpngA0lUMLk7C7eSriGW9CgztjlpR5DYxcI9r6+aTJl&#10;XEW1Ac8/PX6moiFquHYkdFE/8KG/S1dDdxSotJdVmjW/vJc8L1TrVBOsi2t/AU1hGEFZ7xrYquuM&#10;r7XUvs1+8S8AAAD//wMAUEsDBBQABgAIAAAAIQAV5ORP4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/LTsMwEEX3SPyDNUhsELWTJiENmVSoEizY9bHpzo1NHBGPo9htw99jVnQ5ukf3nqnXsx3Y&#10;RU++d4SQLAQwTa1TPXUIh/37cwnMB0lKDo40wo/2sG7u72pZKXelrb7sQsdiCflKIpgQxopz3xpt&#10;pV+4UVPMvtxkZYjn1HE1yWsstwNPhSi4lT3FBSNHvTG6/d6dLUJYZebTZsenw1LQ/rgdN8nLR4/4&#10;+DC/vQILeg7/MPzpR3VootPJnUl5NiCUeR5JhEwUKbAIFGm+BHZCWJWJAN7U/PaF5hcAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDap3ro8gUAAK4fAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAV5ORP4AAAAAoBAAAPAAAAAAAAAAAAAAAAAEwIAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAWQkAAAAA&#10;" path="m,990600l1076960,,3427730,2712720,2379980,3649980,1176020,2400300,,990600xe" fillcolor="white [3201]" strokecolor="white [3212]" strokeweight="1pt">
+                <v:stroke joinstyle="miter"/>
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,990600;1076960,0;3427730,2712720;2379980,3649980;1176020,2400300;0,990600" o:connectangles="0,0,0,0,0,0"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="002756E6">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251822080" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12F6B4C9" wp14:editId="1E79DD61">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>3324860</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>3688715</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="540000" cy="540000"/>
             <wp:effectExtent l="19050" t="19050" r="12700" b="12700"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="3" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4" cstate="print">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="540000" cy="540000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="12700">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -735,51 +1196,51 @@
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="016EFAD9" id="Straight Connector 8" o:spid="_x0000_s1026" style="position:absolute;flip:x y;z-index:251830272;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="358.2pt,403.4pt" to="364.9pt,410.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDIFN77wEAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IT2DUEyzk4cHoo&#10;WqNJeqcpUiLAF5asJf99l5SsJil6aNELseTODneGy+3dYDQ5CwjK2ZouFyUlwnLXKNvW9Pnp8GFD&#10;SYjMNkw7K2p6EYHe7d6/2/a+Ejeuc7oRQJDEhqr3Ne1i9FVRBN4Jw8LCeWExKR0YFnELbdEA65Hd&#10;6OKmLNdF76Dx4LgIAU/vxyTdZX4pBY9fpQwiEl1T7C3mFfJ6Smux27KqBeY7xac22D90YZiyeOlM&#10;dc8iIz9A/UZlFAcXnIwL7kzhpFRcZA2oZlm+UfPYMS+yFjQn+Nmm8P9o+ZfzEYhqaooPZZnBJ3qM&#10;wFTbRbJ31qKBDsgm+dT7UCF8b48w7YI/QhI9SDBEauU/4QjQHH1PUcqhRDJkvy+z32KIhOPhZlVu&#10;EM8xk8L8GsVIl0o9hPggnCEpqKlWNpnBKnb+HCK2gNArJB1rS/qarj4uV2WGBadVc1Bap2SA9rTX&#10;QM4MB2G9Phxub5MmpHgBw522eJiUjtpyFC9ajBd8ExK9ws5HbXlKxUzLOBc2LidebRGdyiS2MBdO&#10;raXx/lPhhE+lIk/w3xTPFflmZ+NcbJR1MBrz+vY4XFuWI/7qwKg7WXByzSW/erYGRzE7N32bNOsv&#10;97n81+fe/QQAAP//AwBQSwMEFAAGAAgAAAAhAB8/v93iAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IvIO1SNyonYCSJsSpIBJCqvgRpQ/g2ksSEdtR7Kbp27Oc4La7M5r9ptosdmAz&#10;TqH3TkKyEsDQaW9610rYfz7drIGFqJxRg3co4YwBNvXlRaVK40/uA+ddbBmFuFAqCV2MY8l50B1a&#10;FVZ+REfal5+sirROLTeTOlG4HXgqRMat6h196NSITYf6e3e0EpbHRhdverudk/f9a5E/N83L7VnK&#10;66vl4R5YxCX+meEXn9ChJqaDPzoT2CAhT7I7skpYi4w6kCNPCxoOdElFCryu+P8O9Q8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAgyBTe+8BAAAkBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAHz+/3eIAAAALAQAADwAAAAAAAAAAAAAAAABJBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFgFAAAAAA==&#10;" strokecolor="#6f3" strokeweight="4.5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00A06E0F">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251838464" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04CC91D5" wp14:editId="45937213">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251838464" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04CC91D5" wp14:editId="4F4BFC76">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4555490</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>4365625</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="820420" cy="791845"/>
                 <wp:effectExtent l="19050" t="19050" r="36830" b="46355"/>
                 <wp:wrapNone/>
                 <wp:docPr id="12" name="Straight Connector 12"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipH="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="820420" cy="791845"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln w="57150">
@@ -795,83 +1256,86 @@
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="5F680E0C" id="Straight Connector 12" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251838464;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="358.7pt,343.75pt" to="423.3pt,406.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDVlH+17gEAAB4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadLstluipnvoqnBA&#10;ULHwA1zHTiz5S2PTtP+esZOGBcQBxMWKPfPezHsz2T5ejCZnAUE529DloqREWO5aZbuGfv1yeLOh&#10;JERmW6adFQ29ikAfd69fbQdfi8r1TrcCCJLYUA++oX2Mvi6KwHthWFg4LywGpQPDIl6hK1pgA7Ib&#10;XVRluS4GB60Hx0UI+Po0Buku80spePwkZRCR6IZibzGfkM9TOovdltUdMN8rPrXB/qELw5TFojPV&#10;E4uMfAP1G5VRHFxwMi64M4WTUnGRNaCaZfmLmueeeZG1oDnBzzaF/0fLP56PQFSLs6sosczgjJ4j&#10;MNX1keydteigA4JBdGrwoUbA3h5hugV/hCT7IsEQqZV/j0TZCJRGLtnn6+yzuETC8XFTlfcVToNj&#10;6OHtcnO/SuzFSJPoPIT4TjhD0kdDtbLJBlaz84cQx9RbSnrWlgwNXT0sV2VOC06r9qC0TsEA3Wmv&#10;gZwZrsB6fTjc3U3VXqRhbW2xhaRw1JS/4lWLscBnIdEl7H1Ul/dTzLSMc2HjcuLVFrMTTGILM3Bq&#10;LS32n4BTfoKKvLt/A54RubKzcQYbZR2MxvxcPV5uLcsx/+bAqDtZcHLtNU87W4NLmOc0/TBpy1/e&#10;M/zHb737DgAA//8DAFBLAwQUAAYACAAAACEAM0faROAAAAALAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPy07DMBBF90j8gzVI7KiTqLVDiFMhpG5QFxBeWzce4ojYjmK3DX/PsILdjObozrn1dnEjO+Ec&#10;h+AV5KsMGPoumMH3Cl5fdjclsJi0N3oMHhV8Y4Rtc3lR68qEs3/GU5t6RiE+VlqBTWmqOI+dRafj&#10;Kkzo6fYZZqcTrXPPzazPFO5GXmSZ4E4Pnj5YPeGDxe6rPToF7+1eirfeZHZ3u+/k5uMxPFmh1PXV&#10;cn8HLOGS/mD41Sd1aMjpEI7eRDYqkLlcE6pAlHIDjIhyLQSwAw15UQBvav6/Q/MDAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA1ZR/te4BAAAeBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAM0faROAAAAALAQAADwAAAAAAAAAAAAAAAABIBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFUFAAAAAA==&#10;" strokecolor="#6f3" strokeweight="4.5pt">
+              <v:line w14:anchorId="7B48EA04" id="Straight Connector 12" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251838464;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="358.7pt,343.75pt" to="423.3pt,406.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAnDRbz0QEAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC8x5Kc2HEFyzkkcHso&#10;2qCPD6CppUWAL5CsJf99l5SspAl6aNELQXF3Z2dmV9v7QStyAh+kNQ2tFiUlYLhtpTk29Mf3/fWG&#10;khCZaZmyBhp6hkDvd1fvtr2rYWk7q1rwBEFMqHvX0C5GVxdF4B1oFhbWgcGgsF6ziJ/+WLSe9Yiu&#10;VbEsy3XRW986bzmEgK+PY5DuMr4QwOMXIQJEohqK3GI+fT4P6Sx2W1YfPXOd5BMN9g8sNJMGm85Q&#10;jywy8tPLN1Bacm+DFXHBrS6sEJJD1oBqqvKVmm8dc5C1oDnBzTaF/wfLP58ezJNHG3oX6uCefFIx&#10;CK+JUNJ9xJlmXciUDNm282wbDJFwfNwsy9slmssxdPe+2tyukq3FCJPgnA/xA1hN0qWhSpqkitXs&#10;9CnEMfWSkp6VIX1DV3fVqsxpwSrZ7qVSKRj88fCgPDkxnOh6vd/f3EzdXqRhb2WQwrOmfItnBWOD&#10;ryCIbJH7qC6vG8ywjHMwsZpwlcHsVCaQwlw4UUt7+qfCKT+VQl7FvymeK3Jna+JcrKWxfjTm9+5x&#10;uFAWY/7FgVF3suBg23OedrYGdyrPadr/tLQvv3P581+6+wUAAP//AwBQSwMEFAAGAAgAAAAhADNH&#10;2kTgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyok6i1Q4hTIaRuUBcQ&#10;Xls3HuKI2I5itw1/z7CC3Yzm6M659XZxIzvhHIfgFeSrDBj6LpjB9wpeX3Y3JbCYtDd6DB4VfGOE&#10;bXN5UevKhLN/xlObekYhPlZagU1pqjiPnUWn4ypM6On2GWanE61zz82szxTuRl5kmeBOD54+WD3h&#10;g8Xuqz06Be/tXoq33mR2d7vv5ObjMTxZodT11XJ/Byzhkv5g+NUndWjI6RCO3kQ2KpC5XBOqQJRy&#10;A4yIci0EsAMNeVEAb2r+v0PzAwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACcNFvPRAQAA&#10;7QMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADNH2kTg&#10;AAAACwEAAA8AAAAAAAAAAAAAAAAAKwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA4&#10;BQAAAAA=&#10;" strokecolor="#6f3" strokeweight="4.5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00A06E0F" w:rsidRPr="00425E7C">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659263" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="777B5B86" wp14:editId="6A777004">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659263" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="777B5B86" wp14:editId="34FAFF4E">
             <wp:simplePos x="361950" y="7118350"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>1080135</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="6479540" cy="5759450"/>
             <wp:effectExtent l="19050" t="19050" r="16510" b="12700"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5">
+                    <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6480000" cy="5760000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="12700">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -1191,67 +1655,51 @@
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="192377C0" w14:textId="08C158B3" w:rsidR="00874C2F" w:rsidRPr="004571E5" w:rsidRDefault="00874C2F" w:rsidP="00874C2F">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
-                              <w:t>E</w:t>
-[...15 lines deleted...]
-                              <w:t xml:space="preserve"> roof top area</w:t>
+                              <w:t>Exit from roof top area</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="36000" bIns="0" anchor="ctr" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="572BB718" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:56.7pt;margin-top:737.1pt;width:453.55pt;height:28.35pt;z-index:251858944;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsX7I1BAIAAPEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L05SpOuMKEXXrsOA&#10;rhvQ7gMUWY6FSaJGKbGzrx8lJ1nQ3ob5YFAU+cj3SC2vB2fZTmM04AWfTaacaa+gMX4j+I/n+3dX&#10;nMUkfSMteC34Xkd+vXr7ZtmHWs+hA9toZATiY90HwbuUQl1VUXXayTiBoD1dtoBOJjripmpQ9oTu&#10;bDWfTi+rHrAJCErHSN678ZKvCn7bapW+tW3UiVnBqbdU/lj+6/yvVktZb1CGzqhDG/IfunDSeCp6&#10;grqTSbItmldQziiECG2aKHAVtK1RunAgNrPpCzZPnQy6cCFxYjjJFP8frHrcfUdmGsEvaFJeOprR&#10;sx4S+wgDm2d5+hBrinoKFJcGctOYC9UYHkD9jMzDbSf9Rt8gQt9p2VB7s5xZnaWOODGDrPuv0FAZ&#10;uU1QgIYWXdaO1GCETmPan0aTW1HkXLy/nNLHmaK7i9HOJWR9zA4Y02cNjmVDcKTRF3S5e4hpDD2G&#10;5GIe7o215Je19awX/MNivigJZzfOJNpOa5zgV7n8YV8yyU++KclJGjva1Iv1B9aZ6Eg5Deuh6Ds7&#10;qbmGZk86IIzbSK+HjA7wN2c9baLg8ddWoubMfvGkZV7bo4HFKPw5Wx+90itKF1wl5Gw83Kay5CPT&#10;G1K6NUWEPJKx/qFT2qsi4+EN5MU9P5eovy919QcAAP//AwBQSwMEFAAGAAgAAAAhAIM9mNzhAAAA&#10;DgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo3TTlJ8SpKigSh3Ig7QNsYzcx&#10;xHaw3TZ9e7YnuM1oP83OlIvR9uyoQzTeSZhOBDDtGq+MayVsN293j8BiQqew905LOOsIi+r6qsRC&#10;+ZP71Mc6tYxCXCxQQpfSUHAem05bjBM/aEe3vQ8WE9nQchXwROG255kQ99yicfShw0G/dLr5rg9W&#10;QjBfCldhZZdn/v7z8bqvg1gbKW9vxuUzsKTH9AfDpT5Vh4o67fzBqch68tNZTiiJ/CHPgF0QkYk5&#10;sB2p+Uw8Aa9K/n9G9QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAsX7I1BAIAAPEDAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCDPZjc4QAAAA4B&#10;AAAPAAAAAAAAAAAAAAAAAF4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,1mm,0">
                   <w:txbxContent>
                     <w:p w14:paraId="192377C0" w14:textId="08C158B3" w:rsidR="00874C2F" w:rsidRPr="004571E5" w:rsidRDefault="00874C2F" w:rsidP="00874C2F">
@@ -2475,51 +2923,51 @@
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="26"/>
                           <w:szCs w:val="26"/>
                         </w:rPr>
                         <w:t>1</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="004571E5">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251842560" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="480510D1" wp14:editId="149CD24C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251842560" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="480510D1" wp14:editId="10A3CE4C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>5570855</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>5394960</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="215900" cy="215900"/>
                 <wp:effectExtent l="0" t="0" r="12700" b="12700"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Text Box 29"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="215900" cy="215900"/>
                         </a:xfrm>
@@ -2590,51 +3038,51 @@
                       <w:r w:rsidRPr="009A69B2">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="26"/>
                           <w:szCs w:val="26"/>
                         </w:rPr>
                         <w:t>1</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00A17B7A">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251813888" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23D3BB4F" wp14:editId="78FFC719">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251813888" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23D3BB4F" wp14:editId="0B88448D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>281305</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>1216660</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1079500" cy="648000"/>
                 <wp:effectExtent l="0" t="0" r="25400" b="19050"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="211" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1079500" cy="648000"/>
                         </a:xfrm>
@@ -2670,51 +3118,51 @@
                                 <w:sz w:val="26"/>
                                 <w:szCs w:val="26"/>
                               </w:rPr>
                               <w:t>Barbara Hepworth Building</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="0" rIns="36000" bIns="0" anchor="ctr" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="23D3BB4F" id="_x0000_s1040" type="#_x0000_t202" style="position:absolute;margin-left:22.15pt;margin-top:95.8pt;width:85pt;height:51pt;z-index:251813888;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAABHDuKAIAAEcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Ld2k0Ey0HqNEWB&#10;9AEk/YAVRUlEKS5L0pbSr++Ssh0nvRW9EEtyOTs7s1xfjb1me+m8QlPy+SznTBqBtTJtyX883L65&#10;4MwHMDVoNLLkj9Lzq83rV+vBFnKBHepaOkYgxheDLXkXgi2yzItO9uBnaKWhywZdD4G2rs1qBwOh&#10;9zpb5PkqG9DV1qGQ3tPpzXTJNwm/aaQI35rGy8B0yYlbSKtLaxXXbLOGonVgOyUONOAfWPSgDBU9&#10;Qd1AALZz6i+oXgmHHpswE9hn2DRKyNQDdTPPX3Rz34GVqRcSx9uTTP7/wYqv+++Oqbrki/mcMwM9&#10;mfQgx8A+4MgWUZ/B+oLS7i0lhpGOyefUq7d3KH56ZnDbgWnltXM4dBJq4jePL7OzpxOOjyDV8AVr&#10;KgO7gAlobFwfxSM5GKGTT48nbyIVEUvm7y+XOV0Julu9u8gpjiWgOL62zodPEnsWg5I78j6hw/7O&#10;hyn1mBKLedSqvlVap02cN7nVju2BJqVqJ/4vsrRhQ8kvl4vl1P8zBNdWp/dE7onfs0K9CjTvWvUl&#10;jy1MTUARVftoamIJRQClp5ia0+YgY1Ru0jCM1Zgcm6+O9lRYP5KwDqf5pv9IQYfuN2cDzXbJ/a8d&#10;OMmZ/mzInLerWJiFtKHAnZ9Wx1MwgiBKLoLjbNpsQ/o6kaXBa7KvUUnZ6PPE4cCWpjV5c/hZ8Tuc&#10;71PW0//f/AEAAP//AwBQSwMEFAAGAAgAAAAhAKMHcibfAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FLw0AQhe+C/2EZwZvdJC2hjdkUEbxUUKwF8bbJTrPB7GzMbtv03zs92dvMe48335TryfXi&#10;iGPoPClIZwkIpMabjloFu8+XhyWIEDUZ3XtCBWcMsK5ub0pdGH+iDzxuYyu4hEKhFdgYh0LK0Fh0&#10;Osz8gMTe3o9OR17HVppRn7jc9TJLklw63RFfsHrAZ4vNz/bgFDj6rbO9fV9+x7PdfW3etH9NNkrd&#10;301PjyAiTvE/DBd8RoeKmWp/IBNEr2CxmHOS9VWag+BAll6UmofVPAdZlfL6heoPAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAAARw7igCAABHBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAowdyJt8AAAAKAQAADwAAAAAAAAAAAAAAAACCBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" fillcolor="white [3212]">
+              <v:shape w14:anchorId="23D3BB4F" id="_x0000_s1041" type="#_x0000_t202" style="position:absolute;margin-left:22.15pt;margin-top:95.8pt;width:85pt;height:51pt;z-index:251813888;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBnwwp3FAIAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjNmqw14hRdug4D&#10;ugvQ7QNkWbaFyaJGKbGzrx8l59J2b8NeBFKkDnkOqdXN2Bu2U+g12JJfzHLOlJVQa9uW/Mf3+zdX&#10;nPkgbC0MWFXyvfL8Zv361WpwhZpDB6ZWyAjE+mJwJe9CcEWWedmpXvgZOGUp2AD2IpCLbVajGAi9&#10;N9k8z5fZAFg7BKm8p9u7KcjXCb9plAxfm8arwEzJqbeQTkxnFc9svRJFi8J1Wh7aEP/QRS+0paIn&#10;qDsRBNui/guq1xLBQxNmEvoMmkZLlTgQm4v8BZvHTjiVuJA43p1k8v8PVn7ZPbpvyML4HkYaYCLh&#10;3QPIn55Z2HTCtuoWEYZOiZoKX0TJssH54vA0Su0LH0Gq4TPUNGSxDZCAxgb7qArxZIROA9ifRFdj&#10;YDKWzN9dL3IKSYotL69ysmMJURxfO/Tho4KeRaPkSENN6GL34MOUekyJxTwYXd9rY5ITF0ltDLKd&#10;oBWo2qn/F1nGsqHk14v5YuL/DAHb6vSemjv396xQrwMtstF9ySOFiYQoomofbJ3WLAhtJpvIGXuQ&#10;MSo3aRjGamS6JkkuowJR1grqPQmLMC0ufTQyOsDfnA20tCX3v7YCFWfmk6XhvF3Gwiwkhwx8elsd&#10;b4WVBFFyGZCzydmE9CeiYhZuaXyNTsqeezh0S2uYZnP4MnHPn/op6/yx138AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCjB3Im3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3SQt&#10;oY3ZFBG8VFCsBfG2yU6zwexszG7b9N87PdnbzHuPN9+U68n14ohj6DwpSGcJCKTGm45aBbvPl4cl&#10;iBA1Gd17QgVnDLCubm9KXRh/og88bmMruIRCoRXYGIdCytBYdDrM/IDE3t6PTkdex1aaUZ+43PUy&#10;S5JcOt0RX7B6wGeLzc/24BQ4+q2zvX1ffsez3X1t3rR/TTZK3d9NT48gIk7xPwwXfEaHiplqfyAT&#10;RK9gsZhzkvVVmoPgQJZelJqH1TwHWZXy+oXqDwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AGfDCncUAgAAIAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAKMHcibfAAAACgEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" fillcolor="white [3212]">
                 <v:textbox inset="1mm,0,1mm,0">
                   <w:txbxContent>
                     <w:p w14:paraId="34CA1886" w14:textId="1E92F563" w:rsidR="00A621AC" w:rsidRPr="009A69B2" w:rsidRDefault="00425E7C" w:rsidP="00A621AC">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="26"/>
                           <w:szCs w:val="26"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="26"/>
                           <w:szCs w:val="26"/>
                         </w:rPr>
                         <w:t>Barbara Hepworth Building</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchory="margin"/>
               </v:shape>
             </w:pict>
@@ -2816,176 +3264,59 @@
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="26"/>
                           <w:szCs w:val="26"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="26"/>
                           <w:szCs w:val="26"/>
                         </w:rPr>
                         <w:t>Percy Shaw House</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchory="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00A17B7A">
-[...115 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00425E7C">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62BED3B1" wp14:editId="6538347B">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62BED3B1" wp14:editId="128E1302">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>7021195</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6480000" cy="576000"/>
                 <wp:effectExtent l="0" t="0" r="16510" b="14605"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="6" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6480000" cy="576000"/>
                         </a:xfrm>
@@ -3070,51 +3401,55 @@
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                               <w:t>)</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="36000" bIns="0" anchor="ctr" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="62BED3B1" id="_x0000_s1043" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:552.85pt;width:510.25pt;height:45.35pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD3h0uQMgIAAGkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjjJmguMOEWXrsOA&#10;7gK0+wBGlmNhkqhJSuzs60fJSdp1DwOG+UGgLjw8PCS9uu6NZgfpg0Jb8clozJm0AmtldxX/9nj3&#10;ZslZiGBr0GhlxY8y8Ov161erzpVyii3qWnpGIDaUnat4G6MriyKIVhoII3TS0mWD3kCkrd8VtYeO&#10;0I0upuPxvOjQ186jkCHQ6e1wydcZv2mkiF+aJsjIdMWJW8yrz+s2rcV6BeXOg2uVONGAf2BhQFkK&#10;eoG6hQhs79UfUEYJjwGbOBJoCmwaJWTOgbKZjF9k89CCkzkXEie4i0zh/8GKz4evnqm64nPOLBgq&#10;0aPsI3uHPZsmdToXSnr04OhZ7OmYqpwzDe4exffALG5asDt54z12rYSa2E2SZ/HMdcAJCWTbfcKa&#10;wsA+YgbqG2+SdCQGI3Sq0vFSmURF0OH8ajmmjzNBd7PFPNkpBJRnb+dD/CDRsGRU3FPlMzoc7kMc&#10;np6fpGABtarvlNZ5k7pNbrRnB6A+ASGkjbPsrveG6A7ni9lT2NygySWT+A1NW9aRBNMFcfxbqNgP&#10;Ur0gZFSkqdDKVDznferTpO57W1M2UEZQerBJBG1PcieFB61jv+1zXa+W5zJusT5SATwOU0BTS0aL&#10;/idnHU1AxcOPPXjJmf5oqYhpXM6Gz8bbrDvbnk/BCnKvuIies2GziXm4EkOLN1TiRmX1Uy8M8U9M&#10;qZ+zdKfZSwPzfJ9fPf0h1r8AAAD//wMAUEsDBBQABgAIAAAAIQCtLmjS3wAAAAsBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN2oDSXEqapKoCJODRXqcZssSYS9jmK3DX+Pc4Lj&#10;zoxm3+Tr0RpxocF3jjXMZwoEceXqjhsNh4+XhxUIH5BrNI5Jww95WBe3Nzlmtbvyni5laEQsYZ+h&#10;hjaEPpPSVy1Z9DPXE0fvyw0WQzyHRtYDXmO5NTJRKpUWO44fWuxp21L1XZ6thnS32mx3SbN4PZrj&#10;W/d+MCV+Gq3v78bNM4hAY/gLw4Qf0aGITCd35toLoyEOCVGdq+UjiMlXiVqCOE3aU7oAWeTy/4bi&#10;FwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPeHS5AyAgAAaQQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAK0uaNLfAAAACwEAAA8AAAAAAAAAAAAA&#10;AAAAjAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" fillcolor="#2f5496 [2408]" strokecolor="black [3213]" strokeweight="1pt">
+              <v:shapetype w14:anchorId="62BED3B1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="_x0000_s1042" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:552.85pt;width:510.25pt;height:45.35pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBY1uJcHgIAAEQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07SFtquo6Wrpsghp&#10;WZAWPsB1nMbC9pix22T5esZO2sLygITwgzW+zJmZM2fW17017KgwaHAVn02mnCknodZuX/GvX+5e&#10;XXEWonC1MOBUxZ9U4Nebly/WnS/VHFowtUJGIC6Una94G6MviyLIVlkRJuCVo8cG0IpIR9wXNYqO&#10;0K0p5tPpsugAa48gVQh0ezs88k3Gbxol46emCSoyU3HKLeYd875Le7FZi3KPwrdajmmIf8jCCu0o&#10;6BnqVkTBDqj/gLJaIgRo4kSCLaBptFS5BqpmNn1WzWMrvMq1EDnBn2kK/w9WPhwf/WdksX8LPTUw&#10;FxH8PchvgTnYtsLt1Q0idK0SNQWeJcqKzodydE1UhzIkkF33EWpqsjhEyEB9gzaxQnUyQqcGPJ1J&#10;V31kki6Xb66mtDiT9LZYLZOdQojy5O0xxPcKLEtGxZGamtHF8T7E4evpSwoWwOj6ThuTD0lIamuQ&#10;HQVJQEipXFxkd3OwlO5wv1pcwmbtJZecxG9oxrGOKJivKMe/hYr9QNWzhKyOJHijbcVz3aMEE7vv&#10;XJ3lGIU2g00kGDfSnRgeuI79rme6pkRWialE/w7qJ2oAwiBwGkgyWsAfnHUk7oqH7weBijPzwVET&#10;0yScDMzG68w7251uhZPkXnEZkbPhsI15blLdDm6oxY3O7F/ij5mSVDN141ilWfj1nH9dhn/zEwAA&#10;//8DAFBLAwQUAAYACAAAACEArS5o0t8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KjdqA0lxKmqSqAiTg0V6nGbLEmEvY5itw1/j3OC486MZt/k69EacaHBd441zGcKBHHl&#10;6o4bDYePl4cVCB+QazSOScMPeVgXtzc5ZrW78p4uZWhELGGfoYY2hD6T0lctWfQz1xNH78sNFkM8&#10;h0bWA15juTUyUSqVFjuOH1rsadtS9V2erYZ0t9psd0mzeD2a41v3fjAlfhqt7+/GzTOIQGP4C8OE&#10;H9GhiEwnd+baC6MhDglRnavlI4jJV4lagjhN2lO6AFnk8v+G4hcAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBY1uJcHgIAAEQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCtLmjS3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" fillcolor="#2f5496 [2408]" strokecolor="black [3213]" strokeweight="1pt">
                 <v:textbox inset="0,0,1mm,0">
                   <w:txbxContent>
                     <w:p w14:paraId="58C34747" w14:textId="77777777" w:rsidR="006D4A98" w:rsidRPr="00A17B7A" w:rsidRDefault="006D4A98" w:rsidP="007D3F56">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00A17B7A">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Assembly </w:t>
                       </w:r>
                       <w:r w:rsidR="00B7183C" w:rsidRPr="00A17B7A">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -3193,132 +3528,148 @@
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1800000" cy="252000"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="053E59A9" w14:textId="41C45792" w:rsidR="0092278B" w:rsidRPr="0092278B" w:rsidRDefault="0092278B" w:rsidP="00A17B7A">
+                          <w:p w14:paraId="053E59A9" w14:textId="4A5304D8" w:rsidR="0092278B" w:rsidRPr="0092278B" w:rsidRDefault="0092278B" w:rsidP="00A17B7A">
                             <w:pPr>
                               <w:rPr>
                                 <w:i/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00A17B7A">
                               <w:rPr>
                                 <w:i/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:highlight w:val="lightGray"/>
                               </w:rPr>
                               <w:t>Version</w:t>
                             </w:r>
                             <w:r w:rsidR="00A17B7A" w:rsidRPr="00A17B7A">
                               <w:rPr>
                                 <w:i/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:highlight w:val="lightGray"/>
                               </w:rPr>
-                              <w:t>: May 2021</w:t>
+                              <w:t>:</w:t>
+                            </w:r>
+                            <w:r w:rsidR="003C40E5">
+                              <w:rPr>
+                                <w:i/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> March 2025</w:t>
                             </w:r>
                             <w:r w:rsidRPr="0092278B">
                               <w:rPr>
                                 <w:i/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve">  </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="36000" bIns="0" anchor="ctr" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="277F8410" id="_x0000_s1044" type="#_x0000_t202" style="position:absolute;margin-left:28.35pt;margin-top:808pt;width:141.75pt;height:19.85pt;z-index:251771904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzgXVCBgIAAPIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817JVOEgE00GaNEWB&#10;9AEk/YA1RVlESS5L0pbcr++Ssl2jvRXVQVg+dnZnZrm6Ha1hexWiRif4YjbnTDmJrXZbwb+9PL65&#10;5iwmcC0YdErwg4r8dv361WrwjaqxR9OqwAjExWbwgvcp+aaqouyVhThDrxwddhgsJFqGbdUGGAjd&#10;mqqez6+qAUPrA0oVI+0+TId8XfC7Tsn0peuiSswITr2l8g/lv8n/ar2CZhvA91oe24B/6MKCdlT0&#10;DPUACdgu6L+grJYBI3ZpJtFW2HVaqsKB2Czmf7B57sGrwoXEif4sU/x/sPLz/mtguhW8Xi44c2DJ&#10;pBc1JvYOR1ZnfQYfG7r27OliGmmbfC5co39C+T0yh/c9uK26CwGHXkFL/S1yZnWROuHEDLIZPmFL&#10;ZWCXsACNXbBZPJKDETr5dDh7k1uRueT1PH+cSTqrl+R9Ma+C5pTtQ0wfFFqWA8EDeV/QYf8UU+4G&#10;mtOVXMzhozam+G8cGwS/WdbLknBxYnWi8TTaCn6sXxIyyfeuLXECbaaYChh3ZJ2JTpTTuBmLwIub&#10;k5obbA+kQ8BpHOn5UNBj+MnZQKMoePyxg6A4Mx8daZnn9hSEEry9KlJsTrvgJKULLlPgbFrcpzLl&#10;E9M7UrrTRYRsyVT/2CkNVtHm+Ajy5F6uy63fT3X9CwAA//8DAFBLAwQUAAYACAAAACEA759siN8A&#10;AAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU7DMBCF90jcwRokdtRuISkKcaoKisQCFgQOMI3d&#10;JBCPg+226e2ZrmA5bz69n3I1uUEcbIi9Jw3zmQJhqfGmp1bD58fzzT2ImJAMDp6shpONsKouL0os&#10;jD/Suz3UqRVsQrFADV1KYyFlbDrrMM78aIl/Ox8cJj5DK03AI5u7QS6UyqXDnjihw9E+drb5rvdO&#10;Q+i/DG7Cxq1P8uXn7WlXB/Xaa319Na0fQCQ7pT8YzvW5OlTcaev3ZKIYNGT5kknW83nOo5i4vVML&#10;ENuzlGVLkFUp/4+ofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCzgXVCBgIAAPIDAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDvn2yI3wAAAAwB&#10;AAAPAAAAAAAAAAAAAAAAAGAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="277F8410" id="_x0000_s1043" type="#_x0000_t202" style="position:absolute;margin-left:28.35pt;margin-top:808pt;width:141.75pt;height:19.85pt;z-index:251771904;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC0JT2N8gEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0mLOo2o6TQ2hpAG&#10;Qxr8AMdxGgvbZ85uk/LrOTtpN8HbtDxYZzv33X3ffd5cjdawg8KgwdV8uSg5U05Cq92u5j9/3L27&#10;5CxE4VphwKmaH1XgV9u3bzaDr9QKejCtQkYgLlSDr3kfo6+KIsheWREW4JWjyw7Qikhb3BUtioHQ&#10;rSlWZXlRDICtR5AqBDq9nS75NuN3nZLxoeuCiszUnHqLecW8NmktthtR7VD4Xsu5DfGCLqzQjoqe&#10;oW5FFGyP+j8oqyVCgC4uJNgCuk5LlTkQm2X5D5vHXniVuZA4wZ9lCq8HK78dHv13ZHH8CCMNMJMI&#10;/h7kr8Ac3PTC7dQ1Igy9Ei0VXibJisGHak5NUocqJJBm+AotDVnsI2SgsUObVCGejNBpAMez6GqM&#10;TKaSl2X6OJN0t1rTUPNUClGdsj2G+FmBZSmoOdJQM7o43IeYuhHV6ZdUzMGdNiYP1jg21PzDerXO&#10;Cc9urI7kO6Ntzef6OSGR/OTaHEehzRRTAeNm1onoRDmOzch0mxgkTZIKDbRH0gFh8hm9Cwp6wD+c&#10;DeSxmoffe4GKM/PFkZbJkKcAc/D+IkvRnE6Fk5RecxmRs2lzE7N9J6bXpHSnswhP9edOyTFZm9nd&#10;yZLP9/mvpze4/QsAAP//AwBQSwMEFAAGAAgAAAAhAO+fbIjfAAAADAEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj01OwzAQhfdI3MEaJHbUbiEpCnGqCorEAhYEDjCN3SQQj4Pttuntma5gOW8+vZ9yNblB&#10;HGyIvScN85kCYanxpqdWw+fH8809iJiQDA6erIaTjbCqLi9KLIw/0rs91KkVbEKxQA1dSmMhZWw6&#10;6zDO/GiJfzsfHCY+QytNwCObu0EulMqlw544ocPRPna2+a73TkPovwxuwsatT/Ll5+1pVwf12mt9&#10;fTWtH0AkO6U/GM71uTpU3Gnr92SiGDRk+ZJJ1vN5zqOYuL1TCxDbs5RlS5BVKf+PqH4BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAtCU9jfIBAADLAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA759siN8AAAAMAQAADwAAAAAAAAAAAAAAAABMBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFgFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox inset="0,0,1mm,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="053E59A9" w14:textId="41C45792" w:rsidR="0092278B" w:rsidRPr="0092278B" w:rsidRDefault="0092278B" w:rsidP="00A17B7A">
+                    <w:p w14:paraId="053E59A9" w14:textId="4A5304D8" w:rsidR="0092278B" w:rsidRPr="0092278B" w:rsidRDefault="0092278B" w:rsidP="00A17B7A">
                       <w:pPr>
                         <w:rPr>
                           <w:i/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00A17B7A">
                         <w:rPr>
                           <w:i/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:highlight w:val="lightGray"/>
                         </w:rPr>
                         <w:t>Version</w:t>
                       </w:r>
                       <w:r w:rsidR="00A17B7A" w:rsidRPr="00A17B7A">
                         <w:rPr>
                           <w:i/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:highlight w:val="lightGray"/>
                         </w:rPr>
-                        <w:t>: May 2021</w:t>
+                        <w:t>:</w:t>
+                      </w:r>
+                      <w:r w:rsidR="003C40E5">
+                        <w:rPr>
+                          <w:i/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> March 2025</w:t>
                       </w:r>
                       <w:r w:rsidRPr="0092278B">
                         <w:rPr>
                           <w:i/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve">  </w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00D559DA">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
@@ -3565,77 +3916,77 @@
                           <w:szCs w:val="56"/>
                         </w:rPr>
                         <w:t>SOVEREIGN DESIGN HOUSE</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin" anchory="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00905D48" w:rsidSect="00425E7C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="624" w:right="567" w:bottom="624" w:left="567" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006D4A98"/>
     <w:rsid w:val="000021B9"/>
     <w:rsid w:val="00003EE3"/>
     <w:rsid w:val="00011A16"/>
     <w:rsid w:val="00011E67"/>
     <w:rsid w:val="000143D9"/>
     <w:rsid w:val="00015A65"/>
     <w:rsid w:val="000175CC"/>
     <w:rsid w:val="00017A9A"/>
     <w:rsid w:val="00023B44"/>
     <w:rsid w:val="000371C6"/>
     <w:rsid w:val="00037F32"/>
@@ -3703,73 +4054,75 @@
     <w:rsid w:val="0023295F"/>
     <w:rsid w:val="00237A0F"/>
     <w:rsid w:val="00244A7B"/>
     <w:rsid w:val="002460E5"/>
     <w:rsid w:val="00254F9E"/>
     <w:rsid w:val="00261CEF"/>
     <w:rsid w:val="00262804"/>
     <w:rsid w:val="00263C9E"/>
     <w:rsid w:val="00264F11"/>
     <w:rsid w:val="00273850"/>
     <w:rsid w:val="002756E6"/>
     <w:rsid w:val="0027571A"/>
     <w:rsid w:val="00276E22"/>
     <w:rsid w:val="002826EC"/>
     <w:rsid w:val="00287445"/>
     <w:rsid w:val="00290369"/>
     <w:rsid w:val="002A2496"/>
     <w:rsid w:val="002A54F1"/>
     <w:rsid w:val="002B0607"/>
     <w:rsid w:val="002B1EC6"/>
     <w:rsid w:val="002B762D"/>
     <w:rsid w:val="002C0310"/>
     <w:rsid w:val="002C2995"/>
     <w:rsid w:val="002D2075"/>
     <w:rsid w:val="002D478E"/>
+    <w:rsid w:val="002E086F"/>
     <w:rsid w:val="002F0632"/>
     <w:rsid w:val="0031052A"/>
     <w:rsid w:val="003210FA"/>
     <w:rsid w:val="00322FD4"/>
     <w:rsid w:val="00327FB8"/>
     <w:rsid w:val="00335736"/>
     <w:rsid w:val="00342392"/>
     <w:rsid w:val="003425A9"/>
     <w:rsid w:val="003479C7"/>
     <w:rsid w:val="00350D1D"/>
     <w:rsid w:val="00362E66"/>
     <w:rsid w:val="00372D27"/>
     <w:rsid w:val="00375149"/>
     <w:rsid w:val="00377082"/>
     <w:rsid w:val="003800DB"/>
     <w:rsid w:val="003803DE"/>
     <w:rsid w:val="003830A7"/>
     <w:rsid w:val="003A0C8D"/>
     <w:rsid w:val="003A5418"/>
     <w:rsid w:val="003A5CE2"/>
     <w:rsid w:val="003A7709"/>
     <w:rsid w:val="003C0176"/>
     <w:rsid w:val="003C3FDB"/>
+    <w:rsid w:val="003C40E5"/>
     <w:rsid w:val="003D2538"/>
     <w:rsid w:val="003D39FA"/>
     <w:rsid w:val="003E4DA3"/>
     <w:rsid w:val="003F02DD"/>
     <w:rsid w:val="003F24FF"/>
     <w:rsid w:val="00402F35"/>
     <w:rsid w:val="00404160"/>
     <w:rsid w:val="00410A0D"/>
     <w:rsid w:val="0041248C"/>
     <w:rsid w:val="00415E23"/>
     <w:rsid w:val="00422399"/>
     <w:rsid w:val="0042267E"/>
     <w:rsid w:val="004247B4"/>
     <w:rsid w:val="004247F9"/>
     <w:rsid w:val="00425B28"/>
     <w:rsid w:val="00425E7C"/>
     <w:rsid w:val="00427A86"/>
     <w:rsid w:val="00435D83"/>
     <w:rsid w:val="00441D3C"/>
     <w:rsid w:val="0044622C"/>
     <w:rsid w:val="004474A5"/>
     <w:rsid w:val="004478ED"/>
     <w:rsid w:val="00452ACF"/>
     <w:rsid w:val="004571E5"/>
     <w:rsid w:val="00461B5E"/>
@@ -3890,50 +4243,51 @@
     <w:rsid w:val="00773588"/>
     <w:rsid w:val="00785627"/>
     <w:rsid w:val="007971B6"/>
     <w:rsid w:val="007A25CE"/>
     <w:rsid w:val="007B0B22"/>
     <w:rsid w:val="007C4236"/>
     <w:rsid w:val="007C6837"/>
     <w:rsid w:val="007D0C95"/>
     <w:rsid w:val="007D3F56"/>
     <w:rsid w:val="007E1C7A"/>
     <w:rsid w:val="007E2C15"/>
     <w:rsid w:val="007E4BEA"/>
     <w:rsid w:val="007F2C59"/>
     <w:rsid w:val="00802FF2"/>
     <w:rsid w:val="008129FD"/>
     <w:rsid w:val="00825098"/>
     <w:rsid w:val="008311A9"/>
     <w:rsid w:val="00835CB3"/>
     <w:rsid w:val="008363C2"/>
     <w:rsid w:val="00840149"/>
     <w:rsid w:val="00840988"/>
     <w:rsid w:val="0084509E"/>
     <w:rsid w:val="008542AB"/>
     <w:rsid w:val="00856371"/>
     <w:rsid w:val="00865656"/>
+    <w:rsid w:val="0087377B"/>
     <w:rsid w:val="00874C2F"/>
     <w:rsid w:val="008A469D"/>
     <w:rsid w:val="008A59A9"/>
     <w:rsid w:val="008B3171"/>
     <w:rsid w:val="008B3E3B"/>
     <w:rsid w:val="008C18F4"/>
     <w:rsid w:val="008C309A"/>
     <w:rsid w:val="008C441D"/>
     <w:rsid w:val="008C4806"/>
     <w:rsid w:val="008D1D55"/>
     <w:rsid w:val="008D7539"/>
     <w:rsid w:val="008E1005"/>
     <w:rsid w:val="008E3F35"/>
     <w:rsid w:val="008F447A"/>
     <w:rsid w:val="00900374"/>
     <w:rsid w:val="009057F3"/>
     <w:rsid w:val="00905D48"/>
     <w:rsid w:val="009110B4"/>
     <w:rsid w:val="00911B6A"/>
     <w:rsid w:val="009166D2"/>
     <w:rsid w:val="00916F10"/>
     <w:rsid w:val="0091762B"/>
     <w:rsid w:val="00921400"/>
     <w:rsid w:val="009222E2"/>
     <w:rsid w:val="0092278B"/>
@@ -4012,50 +4366,51 @@
     <w:rsid w:val="00B2116F"/>
     <w:rsid w:val="00B21880"/>
     <w:rsid w:val="00B23FFE"/>
     <w:rsid w:val="00B247AC"/>
     <w:rsid w:val="00B2565F"/>
     <w:rsid w:val="00B2581B"/>
     <w:rsid w:val="00B30518"/>
     <w:rsid w:val="00B30C37"/>
     <w:rsid w:val="00B35B59"/>
     <w:rsid w:val="00B36F37"/>
     <w:rsid w:val="00B53C13"/>
     <w:rsid w:val="00B55A88"/>
     <w:rsid w:val="00B6249D"/>
     <w:rsid w:val="00B624A1"/>
     <w:rsid w:val="00B638A3"/>
     <w:rsid w:val="00B7183C"/>
     <w:rsid w:val="00B7361F"/>
     <w:rsid w:val="00B74EE0"/>
     <w:rsid w:val="00B75667"/>
     <w:rsid w:val="00B76347"/>
     <w:rsid w:val="00B80655"/>
     <w:rsid w:val="00B81F42"/>
     <w:rsid w:val="00B86144"/>
     <w:rsid w:val="00B91E99"/>
     <w:rsid w:val="00B940BE"/>
+    <w:rsid w:val="00BA3D29"/>
     <w:rsid w:val="00BA44FC"/>
     <w:rsid w:val="00BB4DE1"/>
     <w:rsid w:val="00BC29CB"/>
     <w:rsid w:val="00BC563E"/>
     <w:rsid w:val="00BD3E7B"/>
     <w:rsid w:val="00BD63DD"/>
     <w:rsid w:val="00BE0B08"/>
     <w:rsid w:val="00BE0DB2"/>
     <w:rsid w:val="00BE203E"/>
     <w:rsid w:val="00BE5C4D"/>
     <w:rsid w:val="00BE7BEC"/>
     <w:rsid w:val="00BF1A4D"/>
     <w:rsid w:val="00BF451E"/>
     <w:rsid w:val="00C019A5"/>
     <w:rsid w:val="00C03BAC"/>
     <w:rsid w:val="00C04F3F"/>
     <w:rsid w:val="00C101A8"/>
     <w:rsid w:val="00C110C3"/>
     <w:rsid w:val="00C24150"/>
     <w:rsid w:val="00C32578"/>
     <w:rsid w:val="00C35331"/>
     <w:rsid w:val="00C35C23"/>
     <w:rsid w:val="00C3760A"/>
     <w:rsid w:val="00C37F99"/>
     <w:rsid w:val="00C40C9D"/>
@@ -4105,50 +4460,51 @@
     <w:rsid w:val="00D970E5"/>
     <w:rsid w:val="00DA779D"/>
     <w:rsid w:val="00DB43F3"/>
     <w:rsid w:val="00DB4654"/>
     <w:rsid w:val="00DC486D"/>
     <w:rsid w:val="00DC7E94"/>
     <w:rsid w:val="00DE1125"/>
     <w:rsid w:val="00DE54B9"/>
     <w:rsid w:val="00DF4F5D"/>
     <w:rsid w:val="00DF6DBB"/>
     <w:rsid w:val="00E0057C"/>
     <w:rsid w:val="00E01536"/>
     <w:rsid w:val="00E04659"/>
     <w:rsid w:val="00E13DC4"/>
     <w:rsid w:val="00E46DF9"/>
     <w:rsid w:val="00E556C1"/>
     <w:rsid w:val="00E64C70"/>
     <w:rsid w:val="00E676C9"/>
     <w:rsid w:val="00E76E47"/>
     <w:rsid w:val="00E827F2"/>
     <w:rsid w:val="00E83407"/>
     <w:rsid w:val="00E9123C"/>
     <w:rsid w:val="00E9211F"/>
     <w:rsid w:val="00E954D8"/>
     <w:rsid w:val="00E968DE"/>
+    <w:rsid w:val="00EA2FA9"/>
     <w:rsid w:val="00EA3931"/>
     <w:rsid w:val="00EB0CE9"/>
     <w:rsid w:val="00EB78A2"/>
     <w:rsid w:val="00ED4FBC"/>
     <w:rsid w:val="00ED7FEC"/>
     <w:rsid w:val="00EE16DE"/>
     <w:rsid w:val="00EE2CF1"/>
     <w:rsid w:val="00EE7D52"/>
     <w:rsid w:val="00EF3B2F"/>
     <w:rsid w:val="00EF5DC5"/>
     <w:rsid w:val="00EF6D38"/>
     <w:rsid w:val="00F061E4"/>
     <w:rsid w:val="00F108D7"/>
     <w:rsid w:val="00F1431E"/>
     <w:rsid w:val="00F151B6"/>
     <w:rsid w:val="00F20A18"/>
     <w:rsid w:val="00F263B9"/>
     <w:rsid w:val="00F32229"/>
     <w:rsid w:val="00F3415C"/>
     <w:rsid w:val="00F369F0"/>
     <w:rsid w:val="00F464F3"/>
     <w:rsid w:val="00F523D2"/>
     <w:rsid w:val="00F54329"/>
     <w:rsid w:val="00F5454E"/>
     <w:rsid w:val="00F563CC"/>
@@ -4170,65 +4526,65 @@
     <w:rsid w:val="00FB5EFA"/>
     <w:rsid w:val="00FC139A"/>
     <w:rsid w:val="00FC7AFF"/>
     <w:rsid w:val="00FD15CD"/>
     <w:rsid w:val="00FD6CE1"/>
     <w:rsid w:val="00FF2BE1"/>
     <w:rsid w:val="00FF544E"/>
     <w:rsid w:val="00FF5C3E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1027"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2D801952"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2E656120-4420-420A-A214-CCC8702C525A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4302,94 +4658,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -4606,58 +4966,58 @@
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4877,76 +5237,395 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005CE707BB059AFA4AA4C1182EB353D314" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d19e0cd15a349c149b99405c83557c46">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ff421a03-7e67-41de-8195-86584ac85ae2" xmlns:ns3="7f5feef2-794f-419d-8078-13d9c6d986ed" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8e395bf618e1703f6cc1f8b9384b2d0f" ns2:_="" ns3:_="">
+    <xsd:import namespace="ff421a03-7e67-41de-8195-86584ac85ae2"/>
+    <xsd:import namespace="7f5feef2-794f-419d-8078-13d9c6d986ed"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ff421a03-7e67-41de-8195-86584ac85ae2" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="53035b0a-854a-4967-9374-aa801ec28e1c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7f5feef2-794f-419d-8078-13d9c6d986ed" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{dffd4dbb-b599-4c1b-96cb-2598e49cd41a}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="7f5feef2-794f-419d-8078-13d9c6d986ed">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="20" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="21" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="7f5feef2-794f-419d-8078-13d9c6d986ed" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ff421a03-7e67-41de-8195-86584ac85ae2">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B34D5817-33AE-4FD6-BF5E-DCDFC0654247}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="ff421a03-7e67-41de-8195-86584ac85ae2"/>
+    <ds:schemaRef ds:uri="7f5feef2-794f-419d-8078-13d9c6d986ed"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D89C3164-A79A-4551-A91D-A8EFE40CE5C7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7f5feef2-794f-419d-8078-13d9c6d986ed"/>
+    <ds:schemaRef ds:uri="ff421a03-7e67-41de-8195-86584ac85ae2"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5AE7C5B-23C1-4980-A3A9-914E455B6F61}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{b52e9fda-0691-4585-bdfc-5ccae1ce1890}" enabled="0" method="" siteId="{b52e9fda-0691-4585-bdfc-5ccae1ce1890}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>5</Words>
-  <Characters>30</Characters>
+  <Characters>32</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>
       </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>
   </Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>34</CharactersWithSpaces>
+  <CharactersWithSpaces>36</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>SDH</dc:title>
   <dc:subject/>
   <dc:creator>Gary Wood</dc:creator>
   <keywords/>
   <dc:description/>
-  <lastModifiedBy>Gary Wood</lastModifiedBy>
-  <revision>6</revision>
+  <lastModifiedBy>Aurelie Whittaker</lastModifiedBy>
+  <revision>4</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101005CE707BB059AFA4AA4C1182EB353D314</vt:lpwstr>
+  </property>
+</Properties>
+</file>